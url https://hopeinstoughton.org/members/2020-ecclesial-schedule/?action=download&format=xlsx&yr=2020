--- v0 (2025-12-20)
+++ v1 (2026-03-21)
@@ -134,51 +134,51 @@
   <si>
     <t>Duncan Sabean, Meriden</t>
   </si>
   <si>
     <t>Aaron MacAdams, Worc.</t>
   </si>
   <si>
     <t>Phil Young</t>
   </si>
   <si>
     <t>Bob Egles</t>
   </si>
   <si>
     <t>Kevin Lewin, Cranston RI</t>
   </si>
   <si>
     <t>N.E. Speaker*</t>
   </si>
   <si>
     <t xml:space="preserve">N. E. Fraternal </t>
   </si>
   <si>
     <t>Steve Stewart*</t>
   </si>
   <si>
-    <t>Version: 2025-12-20</t>
+    <t>Version: 2026-03-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>